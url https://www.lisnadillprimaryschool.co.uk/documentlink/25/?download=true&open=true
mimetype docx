--- v0 (2025-10-09)
+++ v1 (2026-03-14)
@@ -1,67 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5440C566" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="00B6333D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C56B" w14:textId="254B5AE1" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00084871" w:rsidP="00255C7E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="60"/>
           <w:szCs w:val="60"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
@@ -1613,50 +1612,51 @@
         </w:rPr>
         <w:tab/>
         <w:t>Appendix 7 - Dealing with Allegations of Abuse against a Member of Staff</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2825AC1B" w14:textId="50731DB5" w:rsidR="00AF3E16" w:rsidRPr="00255C7E" w:rsidRDefault="00AF3E16" w:rsidP="00255C7E">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Our School Ethos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="634473EF" w14:textId="1C2E02A1" w:rsidR="008035C1" w:rsidRPr="00255C7E" w:rsidRDefault="008035C1" w:rsidP="00DB0E3E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>At Lisnadill Primary School we offer a warm and welcoming environment with a family atmosphere, where all children feel value</w:t>
       </w:r>
       <w:r w:rsidR="00255C7E">
@@ -2384,50 +2384,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C59A" w14:textId="77777777" w:rsidR="00585FA2" w:rsidRPr="00255C7E" w:rsidRDefault="00633190" w:rsidP="00DB0E3E">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Key </w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Principles</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Safeguarding and Child Protection</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C59B" w14:textId="77777777" w:rsidR="00585FA2" w:rsidRPr="00255C7E" w:rsidRDefault="00585FA2" w:rsidP="00DB0E3E">
       <w:pPr>
@@ -3707,50 +3708,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Use of </w:t>
       </w:r>
       <w:r w:rsidR="00084871" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reasonable Force</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C5BD" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="00E119FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
@@ -3997,126 +3999,154 @@
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="00255C7E" w:rsidRPr="0071249A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>dmccomb@btopenworld.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6AA3C961" w14:textId="77777777" w:rsidR="00255C7E" w:rsidRPr="00255C7E" w:rsidRDefault="00255C7E" w:rsidP="00255C7E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34ADB63D" w14:textId="13E0B00C" w:rsidR="00255C7E" w:rsidRDefault="00224E91" w:rsidP="00255C7E">
+    <w:p w14:paraId="01FA4862" w14:textId="77777777" w:rsidR="00C12907" w:rsidRPr="00C12907" w:rsidRDefault="00224E91" w:rsidP="00C12907">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00255C7E">
+      <w:r w:rsidRPr="00C12907">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Designated Gov</w:t>
       </w:r>
-      <w:r w:rsidR="006F7997" w:rsidRPr="00255C7E">
+      <w:r w:rsidR="006F7997" w:rsidRPr="00C12907">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ernor for Child Protection </w:t>
       </w:r>
-      <w:r w:rsidR="0081731F" w:rsidRPr="00255C7E">
-[...40 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidR="0081731F" w:rsidRPr="00C12907">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7997" w:rsidRPr="00C12907">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mrs </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12907" w:rsidRPr="00C12907">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="006F7997" w:rsidRPr="00C12907">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12907" w:rsidRPr="00C12907">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Crozier </w:t>
+      </w:r>
+      <w:r w:rsidR="0081731F" w:rsidRPr="00C12907">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">email: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C12907" w:rsidRPr="00C12907">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="0033CC"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>pingramrob@gmail.com</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCE8557" w14:textId="79B785CB" w:rsidR="00255C7E" w:rsidRPr="00C12907" w:rsidRDefault="00255C7E" w:rsidP="00C12907">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52B6C90A" w14:textId="7E4C7905" w:rsidR="00255C7E" w:rsidRDefault="00131F7C" w:rsidP="00255C7E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
@@ -4142,51 +4172,51 @@
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="006F7997" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mr G. Savage</w:t>
       </w:r>
       <w:r w:rsidR="00FB6668" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00255C7E" w:rsidRPr="0071249A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>gsavage394@c2kni.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="56CBA9B4" w14:textId="77777777" w:rsidR="00255C7E" w:rsidRDefault="00255C7E" w:rsidP="00255C7E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="535F0C6D" w14:textId="1295EEF0" w:rsidR="004A76E2" w:rsidRPr="00255C7E" w:rsidRDefault="00131F7C" w:rsidP="00255C7E">
       <w:pPr>
         <w:numPr>
@@ -4235,51 +4265,51 @@
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB6668" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email:</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="003A3DF6" w:rsidRPr="00255C7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>cspeers759@c2kni.net</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7D342876" w14:textId="77777777" w:rsidR="003A3DF6" w:rsidRPr="00255C7E" w:rsidRDefault="003A3DF6" w:rsidP="003A3DF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C5117B6" w14:textId="77777777" w:rsidR="003A3DF6" w:rsidRPr="00255C7E" w:rsidRDefault="003A3DF6" w:rsidP="003A3DF6">
       <w:pPr>
@@ -4703,50 +4733,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="num" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aintaining a current awareness of early intervention supports and other local se</w:t>
       </w:r>
       <w:r w:rsidR="00DA30F5" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rvices e.g. Family Support Hubs</w:t>
       </w:r>
       <w:r w:rsidR="0086677E" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -5748,50 +5779,51 @@
     </w:p>
     <w:p w14:paraId="5440C5DD" w14:textId="65CBBE00" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00DA30F5" w:rsidP="008C0EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o ensure safe and effective recruitment and selection including awareness of safeguarding and child protection for new staff and volunteers</w:t>
       </w:r>
       <w:r w:rsidR="0086677E" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F74902B" w14:textId="77777777" w:rsidR="0086677E" w:rsidRPr="00255C7E" w:rsidRDefault="0086677E" w:rsidP="0069593B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -6633,50 +6665,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BEED057" w14:textId="3B0815FD" w:rsidR="0069593B" w:rsidRPr="00255C7E" w:rsidRDefault="004A76E2" w:rsidP="008C0EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hey receive a full annual report on all child protection matters (It is best practice that they receive a termly report of child protection activities). This report should include details of the preventative curriculum and any initiatives or awareness </w:t>
       </w:r>
       <w:r w:rsidR="00141FA4" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -7501,50 +7534,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="15C7164E" w14:textId="1F168935" w:rsidR="0069593B" w:rsidRPr="00255C7E" w:rsidRDefault="004A76E2" w:rsidP="008C0EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he content </w:t>
       </w:r>
       <w:r w:rsidR="0069593B" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of the termly updates and full a</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -8384,50 +8418,51 @@
     </w:p>
     <w:p w14:paraId="5440C605" w14:textId="3B54C2E4" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00401EB5" w:rsidP="00310EFA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">f there are any Court Orders relating to the safety or wellbeing of </w:t>
       </w:r>
       <w:r w:rsidR="00310EFA" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a parent or child;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65443CE4" w14:textId="77777777" w:rsidR="00310EFA" w:rsidRPr="00255C7E" w:rsidRDefault="00310EFA" w:rsidP="00310EFA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
@@ -8588,51 +8623,51 @@
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">f their child is absent and should send in a note on the child’s return to school. This assures the school that the parent/carer knows about the absence. More information on parental responsibility can be found on the EA website at: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00840DBA" w:rsidRPr="00255C7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.eani.org.uk/schools/safeguarding-and-child-protection</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="79E6E6F8" w14:textId="77777777" w:rsidR="00310EFA" w:rsidRPr="00255C7E" w:rsidRDefault="00310EFA" w:rsidP="00310EFA">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C609" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="00310EFA">
@@ -9319,51 +9354,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Exploitation </w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>is the intentional ill-treatment, manipulation or abuse of power and control over a child or young person; to take selfish or unfair advantage of a child or young person or situation, for personal gain. It may manifest itself in many forms such as child labour, slavery, servitude, and engagement in criminal activity, begging, benefit or other financial fraud or child trafficking. It extends to the recruitment, transportation, transfer, harbouring or receipt of children for the purpose of exploitation. Exploitation can be sexual in nature.</w:t>
+        <w:t xml:space="preserve">is the intentional ill-treatment, manipulation or abuse of power and control over a child or young person; to take selfish or unfair advantage of a child </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>or young person or situation, for personal gain. It may manifest itself in many forms such as child labour, slavery, servitude, and engagement in criminal activity, begging, benefit or other financial fraud or child trafficking. It extends to the recruitment, transportation, transfer, harbouring or receipt of children for the purpose of exploitation. Exploitation can be sexual in nature.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46B1EECE" w14:textId="77777777" w:rsidR="00401EB5" w:rsidRPr="00255C7E" w:rsidRDefault="00401EB5" w:rsidP="005E2718">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C626" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="005E2718">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -9440,73 +9485,73 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Information for schools</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Please find attached the link to signs and symptoms from the SBNI Regional Core Policies and Procedures guidance</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5440C62A" w14:textId="2C30E479" w:rsidR="00890DCE" w:rsidRPr="00255C7E" w:rsidRDefault="00326A09" w:rsidP="005E2718">
+    <w:p w14:paraId="5440C62A" w14:textId="2C30E479" w:rsidR="00890DCE" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="005E2718">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00255C7E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://proceduresonline.com/trixcms/media/1248/signs-and-symptoms-of-child-abuse-and-neglect.pdf</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
+      <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00872A32" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C62B" w14:textId="77777777" w:rsidR="00B22441" w:rsidRPr="00255C7E" w:rsidRDefault="00B22441" w:rsidP="005E2718">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -11184,50 +11229,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74D89CA4" w14:textId="34FE2734" w:rsidR="00774B99" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="005E2718">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Where a complaint has been made about possible abuse by a member of the school’s staff or a Volunteer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C64E" w14:textId="57F4BA2C" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="00774B99">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When a complaint about possible child abuse is made against a member of staff the </w:t>
       </w:r>
       <w:r w:rsidR="00131F7C" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
@@ -11700,50 +11746,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>he parent/carer should be contacted to inform them that, after considering their wishes, a referral has been made.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C657" w14:textId="77777777" w:rsidR="00650714" w:rsidRPr="00255C7E" w:rsidRDefault="00425718" w:rsidP="00774B99">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Staff making a referral may ask for their anonymity to be protected as far as possible because of a genuine threat to self/family. In such instances this anonymity should be protected with an explanation to the staff member that absolute confidentiality cannot be guaranteed as information may become</w:t>
       </w:r>
       <w:r w:rsidR="00650714" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the subject of court processes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F2159E8" w14:textId="77777777" w:rsidR="00774B99" w:rsidRPr="00255C7E" w:rsidRDefault="00774B99" w:rsidP="00650714">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -12148,51 +12195,60 @@
         </w:rPr>
         <w:t>Deputy Designated Teacher</w:t>
       </w:r>
       <w:r w:rsidR="001E16A9" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00131F7C" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Principal</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> have access to them. In accordance with DE guidance on the disposal of child protection records these records will be stored from child’s date of birth plus 30 years.</w:t>
+        <w:t xml:space="preserve"> have access to them. In accordance with DE guidance on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>disposal of child protection records these records will be stored from child’s date of birth plus 30 years.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62922A4E" w14:textId="77777777" w:rsidR="008308DB" w:rsidRPr="00255C7E" w:rsidRDefault="008308DB" w:rsidP="00BF74B2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C660" w14:textId="0A57BA49" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="00BF74B2">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
@@ -12906,50 +12962,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C674" w14:textId="2913550E" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00774B99" w:rsidP="00C772E9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Monitoring and E</w:t>
       </w:r>
       <w:r w:rsidR="00224E91" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>valuation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C676" w14:textId="6F4A57AE" w:rsidR="00224E91" w:rsidRDefault="00224E91" w:rsidP="00255C7E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -13793,50 +13850,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C68C" w14:textId="40DAB116" w:rsidR="000E6C24" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="00FE0900">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix 1</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="3CAD8449" w14:textId="680E1563" w:rsidR="008308DB" w:rsidRPr="00FE0900" w:rsidRDefault="008308DB" w:rsidP="008308DB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
@@ -14254,50 +14312,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008308DB" w:rsidRPr="00255C7E" w14:paraId="4729D808" w14:textId="77777777" w:rsidTr="00905B7C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9242" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="360F2DBD" w14:textId="77777777" w:rsidR="008308DB" w:rsidRPr="00255C7E" w:rsidRDefault="008308DB" w:rsidP="008308DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00255C7E">
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Details of any advice sought, from whom and when: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F5A8ABE" w14:textId="77777777" w:rsidR="008308DB" w:rsidRPr="00255C7E" w:rsidRDefault="008308DB" w:rsidP="008308DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F89881E" w14:textId="77777777" w:rsidR="008308DB" w:rsidRPr="00255C7E" w:rsidRDefault="008308DB" w:rsidP="008308DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44ECB007" w14:textId="77777777" w:rsidR="008308DB" w:rsidRPr="00255C7E" w:rsidRDefault="008308DB" w:rsidP="008308DB">
             <w:pPr>
@@ -14703,50 +14762,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DC65400" w14:textId="52610BE3" w:rsidR="008308DB" w:rsidRPr="00255C7E" w:rsidRDefault="00E411A3" w:rsidP="00DE3D2C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix 2 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C68E" w14:textId="77777777" w:rsidR="000E6C24" w:rsidRPr="00255C7E" w:rsidRDefault="00645AA8" w:rsidP="00DE3D2C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Specific Types of Abuse</w:t>
       </w:r>
     </w:p>
@@ -14933,51 +14993,63 @@
     </w:p>
     <w:p w14:paraId="5440C695" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="001A6202">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>Any child under the age of eighteen, male or female, can be a victim of CSE, including those who can legally consent to have sex. The abuse most frequently impacts upon those of a post-primary age and can be perpetrated by adults or peers, on an individual or group basis.</w:t>
+        <w:t xml:space="preserve">Any child under the age of eighteen, male or female, can be a victim of CSE, including those who can legally consent to have sex. The abuse most frequently </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>impacts upon those of a post-primary age and can be perpetrated by adults or peers, on an individual or group basis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C94ECE" w14:textId="77777777" w:rsidR="00E411A3" w:rsidRPr="00255C7E" w:rsidRDefault="00E411A3" w:rsidP="001A6202">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33E11186" w14:textId="5C6A0F9B" w:rsidR="00E411A3" w:rsidRPr="00255C7E" w:rsidRDefault="00E411A3" w:rsidP="001A6202">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -15197,51 +15269,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Female Genital Mutilation</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (FGM) is a form of child abuse and violence against women and girls. FGM comprises all procedures that involve partial or total removal of the external female genitalia, or other injury to the female genital organs for non-medical reasons. The procedure is also referred to as ‘cutting’, ‘female circumcision’ and ‘initiation’. The practice is medically unnecessary, extremely painful and has serious health consequences, both at the time when the mutilation is carried out and in later life. FGM is a form of child abuse and, as such, teachers have a statutory duty to report cases, including suspicion, to the appropriate agencies, through agreed established procedures set out in our school policy. </w:t>
+        <w:t xml:space="preserve"> (FGM) is a form of child abuse and violence against women and girls. FGM comprises all procedures that involve partial or total removal of the external female genitalia, or other injury to the female genital organs for non-medical reasons. The procedure is also referred to as ‘cutting’, ‘female circumcision’ and ‘initiation’. The practice is medically unnecessary, extremely painful and has serious health consequences, both at the time when the mutilation is carried out and in later life. FGM is a form of child abuse and, as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">such, teachers have a statutory duty to report cases, including suspicion, to the appropriate agencies, through agreed established procedures set out in our school policy. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C69E" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008F3EDC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C69F" w14:textId="365C1E91" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008F3EDC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
@@ -15439,50 +15521,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="203" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">There is no informed consent by the victim; and/or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6A6" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008F3EDC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C6A7" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008C0EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -16034,50 +16117,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Commercial risks</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: the child or young person is exposed to inappropriate commercial advertising, marketing schemes or hidden costs. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6B9" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="001A6202">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -16350,50 +16434,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="280" w:line="221" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Sharing an inappropriate image with an intent to cause distress </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6C3" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="001A6202">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="280" w:line="221" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -17025,51 +17110,61 @@
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Many of the issues in the preceding paragraphs will be relevant to our young children who may have limited communication skills. In addition to the above, staff will follow our Intimate Care policy and procedures in consultation wit</w:t>
       </w:r>
       <w:r w:rsidR="00212D4B" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>h the child’s parent[s]/carers.  Teacher and other adults will come into contact with children while helping them with toileting, washing and changing clothing. When doing so staff will ensure they are always accompanied by another adult.</w:t>
+        <w:t xml:space="preserve">h the child’s parent[s]/carers.  Teacher and other adults will come into contact with children </w:t>
+      </w:r>
+      <w:r w:rsidR="00212D4B" w:rsidRPr="00255C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>while helping them with toileting, washing and changing clothing. When doing so staff will ensure they are always accompanied by another adult.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6CF" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008C0EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -17253,50 +17348,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The patterns of going missing may include overnight absences or those who have infrequent unauthorised absences of short time duration. When a child or young person returns, having been missing for a period, we should be alert to the possibility that they may have been harmed and to any behaviours or relationships or other indicators that children and young people may have been abused.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6D5" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008F3EDC">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>School staff will work in partnership with those who look after the child or young person who goes missing and, if appropriate, will complete a risk assessment. Current school policies will apply e.g. attendance, safeguarding, relationships and sexuality education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6D6" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00840DBA" w:rsidP="008C0EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
@@ -17593,51 +17689,61 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eeds</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6DF" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008F3EDC">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Children and young people can be affected by the disability of those caring for them. Parents, carers or siblings with disabilities may have additional support needs which impact on the safety and wellbeing of children and young people in the family, possibly affecting their education or physical and emotional development. It is important that any action school staff take to safeguard children and young people at risk of harm in these circumstances encompasses joint working between specialist disability and children’s social workers and other professionals and agencies involved in providing services to adult family members. This will assist us in ensuring the welfare of the children and young people in the family is promoted and they are safeguarded as effectively as possible.</w:t>
+        <w:t xml:space="preserve">Children and young people can be affected by the disability of those caring for them. Parents, carers or siblings with disabilities may have additional support needs which impact on the safety and wellbeing of children and young people in the family, possibly affecting their education or physical and emotional development. It is important that any action school staff take to safeguard </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>children and young people at risk of harm in these circumstances encompasses joint working between specialist disability and children’s social workers and other professionals and agencies involved in providing services to adult family members. This will assist us in ensuring the welfare of the children and young people in the family is promoted and they are safeguarded as effectively as possible.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6E0" w14:textId="77777777" w:rsidR="000E6C24" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008F3EDC">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Where it is known or suspected that parents or carers have impaired ability to care for a child, the safeguarding team will give consideration to the need for a child protection response in addition to the provision of f</w:t>
       </w:r>
       <w:r w:rsidR="000E6C24" w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
@@ -18032,51 +18138,61 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>buse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6EE" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="008F3EDC">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Children and young people may be at risk of physical, sexual and emotional bullying and abuse by their peers. Such abuse should always be taken as seriously as abuse perpetrated by an adult. Where a child or young person has been harmed by another, all school staff should be aware of their responsibilities in relation to both children and young people who perpetrate the abuse as well as those who are victims of it and, where necessary, should contribute to an inter-disciplinary and multi-agency response.</w:t>
+        <w:t xml:space="preserve">Children and young people may be at risk of physical, sexual and emotional bullying and abuse by their peers. Such abuse should always be taken as seriously as abuse perpetrated by an adult. Where a child or young person has been harmed by another, all school staff should be aware of their responsibilities in relation to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00255C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>both children and young people who perpetrate the abuse as well as those who are victims of it and, where necessary, should contribute to an inter-disciplinary and multi-agency response.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5440C6EF" w14:textId="0B976C5E" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="007071CD" w:rsidP="008C0EC9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Calibri" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -18230,50 +18346,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="24A24C51" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>APPENDIX 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signs and Symptoms of Child Abuse</w:t>
       </w:r>
@@ -18629,50 +18746,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D5B5635" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2.2</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>There may be a series of events which in themselves do not necessarily cause concern but are significant, if viewed together. Initially the incident may not seem serious but it should be remembered that prompt help to a family under stress may prevent minor abuse escalating into something more serious.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14071CF4" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FEE6D1E" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
@@ -19082,50 +19200,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76014ACE" w14:textId="55863DE0" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Parental Response to Allegations of Child Abuse Which Raise Concern</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A9FB221" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B81680A" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
@@ -19748,50 +19867,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A0DA92A" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Recognition of Physical Abuse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="591FA419" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DE725E1" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="61"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -20304,50 +20424,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Upper and Inner Arms</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C34D287" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Stomach</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="717D7F19" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Genitals</w:t>
       </w:r>
@@ -20704,50 +20825,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="052B8862" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>facial bruising, particularly around the eyes, cheeks, mouth or ears, especially in very young children.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="721BD08B" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301C667F" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -21026,51 +21148,61 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B703E9E" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>black eyes can occur from any direct injury, both accidental and non-accidental. Determining how the injury occurred is vital, therefore; bilateral "black eyes" can occur accidentally as a result of blood tracking from a very hard blow to the central forehead (Injury should be evident on mid-forehead, bridge of nose). It is rare for both eyes to be bruised separately, accidentally however and at the same time.</w:t>
+        <w:t xml:space="preserve">black eyes can occur from any direct injury, both accidental and non-accidental. Determining how the injury occurred is vital, therefore; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0900">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>bilateral "black eyes" can occur accidentally as a result of blood tracking from a very hard blow to the central forehead (Injury should be evident on mid-forehead, bridge of nose). It is rare for both eyes to be bruised separately, accidentally however and at the same time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C1F1A46" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="303FD855" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -22301,50 +22433,51 @@
         </w:rPr>
         <w:tab/>
         <w:t>prescribed</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DA3E6EC" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>female genital mutilation, which is an offence, regardless of cultural reasons</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23DEBEAF" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>unexplained neurological signs and symptoms, e.g. subdural haematoma</w:t>
@@ -22632,50 +22765,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>claiming the child has symptoms which may be unverifiable unless observed directly, such as pain, frequency of passing urine, vomiting or fits.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F48FCF" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>exaggerating symptoms, causing professionals to undertake investigations and treatments which may be invasive, unnecessary and, therefore, are harmful and possibly dangerous.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313DC813" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">obtaining specialist treatments or equipment for children who do not require them. </w:t>
       </w:r>
@@ -23061,50 +23195,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EB3AD0C" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>reported symptoms and signs found on examinations are not (3 explained by any medical condition from which the child may be suffering.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E028065" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>physical examination and results of medical investigations do not explain reported symptoms and signs.</w:t>
       </w:r>
@@ -23697,50 +23832,51 @@
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63FAD10C" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2.42      </w:t>
       </w:r>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Possible physical indicators in the pre-school aged child include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2832B1D9" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
@@ -24938,50 +25074,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>repeated running away from home</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00F7B7D3" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>sleep problems - insomnia, recurrent nightmares, fear of going to bed or overdressing for bed</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A53C69C" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dependence on alcohol or drug</w:t>
       </w:r>
@@ -26053,50 +26190,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inconsistent and unpredictable responses to the child</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A37365" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>contradictory, confusing or misleading messages in communicating with the child</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8EBD64" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>serious physical or psychiatric illness of a parent where the emotional needs of the child are not capable of being considered and/or appropriately met</w:t>
       </w:r>
@@ -26406,50 +26544,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>simulative neglect environmental neglect</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F601B65" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>environmental neglect</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0507D773" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>failure to provide adequate supervision and a safe environment.</w:t>
       </w:r>
@@ -26781,50 +26920,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">poor weight gain (improvement when away from the care of the parents </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01C78ABD" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">poor height gain </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F222630" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="44"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">unmet medical needs </w:t>
       </w:r>
@@ -27370,50 +27510,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">isolated child </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB443F2" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">attachment disorders and /or seeking comfort from strangers </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="319F6A1D" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">left unattended/or to care for other children </w:t>
       </w:r>
@@ -28441,50 +28582,51 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DA8970E" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2.70</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Health</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B7F70F" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="678DE7C4" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
@@ -29468,51 +29610,61 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2.73 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>In recognising child abuse, all professionals should be aware that children with a disability can be particularly vulnerable to abuse. They may need a high degree of physical care, they may have less access to protection and there may be a reluctance on the part of professionals to consider the possibility of abuse.</w:t>
+        <w:t xml:space="preserve">In recognising child abuse, all professionals should be aware that children with a disability can be particularly vulnerable to abuse. They may need a high </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE0900">
+        <w:rPr>
+          <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>degree of physical care, they may have less access to protection and there may be a reluctance on the part of professionals to consider the possibility of abuse.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57135D7A" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CF5E5C4" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -29900,50 +30052,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a 'difficult' child, a 'demanding' baby </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14F75FB6" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>a child under five years is considered to be most vulnerable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="711F7699" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="56"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a child's name or sibling's names previously on the Child Protection Register </w:t>
       </w:r>
@@ -30438,50 +30591,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">social isolation and no supportive family </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F71F45" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the family moves frequently </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A775F14" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00FE0900" w:rsidRDefault="009B3143" w:rsidP="008C0EC9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE0900">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">debt </w:t>
       </w:r>
@@ -30769,106 +30923,107 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28ABBA62" w14:textId="5E0FA6F4" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>APPENDIX 5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F1A03B0" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If a Parent Has a Potential Child Protection Concern Within the School</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="040C58B9" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F247CFB" wp14:editId="721A2AAD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4F247CFB" wp14:editId="2F102B1F">
             <wp:extent cx="5486400" cy="6099175"/>
-            <wp:effectExtent l="0" t="0" r="19050" b="0"/>
+            <wp:effectExtent l="19050" t="0" r="19050" b="0"/>
             <wp:docPr id="27" name="Diagram 27"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId19" r:lo="rId20" r:qs="rId21" r:cs="rId22"/>
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId18" r:lo="rId19" r:qs="rId20" r:cs="rId21"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="68B46641" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -32701,52 +32856,52 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FB09D48" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="558E8E59" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidSect="00255C7E">
-          <w:footerReference w:type="even" r:id="rId24"/>
-          <w:footerReference w:type="default" r:id="rId25"/>
+          <w:footerReference w:type="even" r:id="rId23"/>
+          <w:footerReference w:type="default" r:id="rId24"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="851" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F7D934" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -32784,50 +32939,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="71428871" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>APPENDIX 7</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20795DD9" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B121EFA" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -34573,52 +34729,52 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5574865C" w14:textId="77777777" w:rsidR="009B3143" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="009B3143">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5440C722" w14:textId="6B3A6BBF" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="009B3143" w:rsidP="00224E91">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidSect="00C95F3D">
-          <w:footerReference w:type="even" r:id="rId26"/>
-          <w:footerReference w:type="default" r:id="rId27"/>
+          <w:footerReference w:type="even" r:id="rId25"/>
+          <w:footerReference w:type="default" r:id="rId26"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="5440C777" w14:textId="77777777" w:rsidR="00224E91" w:rsidRPr="00255C7E" w:rsidRDefault="00224E91" w:rsidP="001A6202">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
@@ -35011,50 +35167,51 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C3E8CF4" w14:textId="77777777" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>We value greatly the easy relationships which exist between staff and students in Lisnadill Primary School and we would wish to see those maintained.  It is always necessary, however, to ensure that these relationships are appropriate and professional so that the warm and caring atmosphere which is an integral part of the community of Lisnadill Primary School and which is so nourishing for everyone, is enabled to flourish.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26B22C1B" w14:textId="77777777" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C52DBE1" w14:textId="77777777" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -35199,50 +35356,51 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25F0E512" w14:textId="0381C585" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Where physical contact is required to maintain the safety of the student or others around her that safety must take precedence over all other considerations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25909FB5" w14:textId="77777777" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="384BB720" w14:textId="58FE1EE2" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -35607,50 +35765,51 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C53088B" w14:textId="2F274E6A" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>•All clothes should be work appropriate.  Staff may wish to wear sports clothing during PE days or outdoor wear when they are to spend time working outdoors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="787B9D9A" w14:textId="2DE05931" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>•All staff must wear clean and well- presented clothing.  Clothing with rips, tears and holes are not to be worn.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="395A065F" w14:textId="12CA81FF" w:rsidR="00050952" w:rsidRPr="00255C7E" w:rsidRDefault="00050952" w:rsidP="00050952">
       <w:pPr>
@@ -36615,76 +36774,76 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00255C7E">
         <w:rPr>
           <w:rFonts w:ascii="Comic Sans MS" w:hAnsi="Comic Sans MS" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date: _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DA3995" w:rsidRPr="00255C7E" w:rsidSect="00C95F3D">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="77DBFD44" w14:textId="77777777" w:rsidR="00DD46E0" w:rsidRDefault="00DD46E0" w:rsidP="00224E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2A8C9E7C" w14:textId="77777777" w:rsidR="00DD46E0" w:rsidRDefault="00DD46E0" w:rsidP="00224E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -36708,51 +36867,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1362158734"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="05BAC60A" w14:textId="51FB166D" w:rsidR="00410743" w:rsidRDefault="00410743">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -36761,51 +36920,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="501A9C05" w14:textId="77777777" w:rsidR="00410743" w:rsidRDefault="00410743">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-132173757"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="21F42B61" w14:textId="1704BE97" w:rsidR="00410743" w:rsidRDefault="00410743">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -36814,51 +36973,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="48080A75" w14:textId="77777777" w:rsidR="00410743" w:rsidRDefault="00410743">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1891757018"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="057C12F5" w14:textId="123C31D7" w:rsidR="00271B87" w:rsidRDefault="00271B87">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -36868,51 +37027,51 @@
         <w:r w:rsidR="009B3143">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>60</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="5440C7C2" w14:textId="77777777" w:rsidR="008B3945" w:rsidRDefault="008B3945" w:rsidP="00CA1701">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5440C7C3" w14:textId="7417532A" w:rsidR="008B3945" w:rsidRPr="007A2109" w:rsidRDefault="008B3945" w:rsidP="00B6333D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007A2109">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="007A2109">
       <w:rPr>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -36930,83 +37089,83 @@
     <w:r w:rsidR="009B3143" w:rsidRPr="009B3143">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>55</w:t>
     </w:r>
     <w:r w:rsidRPr="007A2109">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
         <w:noProof/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="35FBD456" w14:textId="77777777" w:rsidR="00DD46E0" w:rsidRDefault="00DD46E0" w:rsidP="00224E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3FF17196" w14:textId="77777777" w:rsidR="00DD46E0" w:rsidRDefault="00DD46E0" w:rsidP="00224E91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="5440C7C5" w14:textId="033EFFA5" w:rsidR="008B3945" w:rsidRDefault="008B3945">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="014867A1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9D7E9562"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -44159,57 +44318,57 @@
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="57" w16cid:durableId="1931768947">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="470292377">
     <w:abstractNumId w:val="53"/>
   </w:num>
   <w:num w:numId="59" w16cid:durableId="1721902116">
     <w:abstractNumId w:val="58"/>
   </w:num>
   <w:num w:numId="60" w16cid:durableId="1889762549">
     <w:abstractNumId w:val="56"/>
   </w:num>
   <w:num w:numId="61" w16cid:durableId="942421576">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="62" w16cid:durableId="12928730">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="61"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="web"/>
+  <w:zoom w:percent="32"/>
   <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C23024"/>
     <w:rsid w:val="000137AB"/>
     <w:rsid w:val="00015820"/>
     <w:rsid w:val="000222A6"/>
     <w:rsid w:val="00025493"/>
@@ -44270,50 +44429,51 @@
     <w:rsid w:val="00255C7E"/>
     <w:rsid w:val="002673B8"/>
     <w:rsid w:val="00271B87"/>
     <w:rsid w:val="0027370F"/>
     <w:rsid w:val="002752F9"/>
     <w:rsid w:val="00297D5B"/>
     <w:rsid w:val="002A25A9"/>
     <w:rsid w:val="002A6129"/>
     <w:rsid w:val="002A7EC9"/>
     <w:rsid w:val="002B3A6F"/>
     <w:rsid w:val="002D1085"/>
     <w:rsid w:val="002E487C"/>
     <w:rsid w:val="002E5149"/>
     <w:rsid w:val="002F3EF8"/>
     <w:rsid w:val="002F5725"/>
     <w:rsid w:val="00305262"/>
     <w:rsid w:val="003074FA"/>
     <w:rsid w:val="00310EFA"/>
     <w:rsid w:val="00311932"/>
     <w:rsid w:val="00312C44"/>
     <w:rsid w:val="00326A09"/>
     <w:rsid w:val="003402BC"/>
     <w:rsid w:val="00341F41"/>
     <w:rsid w:val="003526E0"/>
     <w:rsid w:val="003537B8"/>
+    <w:rsid w:val="00362C03"/>
     <w:rsid w:val="00366ABF"/>
     <w:rsid w:val="00367351"/>
     <w:rsid w:val="0037706A"/>
     <w:rsid w:val="003915F4"/>
     <w:rsid w:val="003942D4"/>
     <w:rsid w:val="00396DA9"/>
     <w:rsid w:val="003A3DF6"/>
     <w:rsid w:val="003B66F8"/>
     <w:rsid w:val="003B7F3D"/>
     <w:rsid w:val="003C046C"/>
     <w:rsid w:val="003C1025"/>
     <w:rsid w:val="003C1149"/>
     <w:rsid w:val="003D0BBE"/>
     <w:rsid w:val="003D33C8"/>
     <w:rsid w:val="003D4A4B"/>
     <w:rsid w:val="003D707C"/>
     <w:rsid w:val="003E3BA1"/>
     <w:rsid w:val="003F0E4C"/>
     <w:rsid w:val="003F6108"/>
     <w:rsid w:val="00401E92"/>
     <w:rsid w:val="00401EB5"/>
     <w:rsid w:val="00405B7A"/>
     <w:rsid w:val="00410743"/>
     <w:rsid w:val="00411393"/>
     <w:rsid w:val="0041726A"/>
@@ -44360,50 +44520,51 @@
     <w:rsid w:val="005F49B2"/>
     <w:rsid w:val="00604412"/>
     <w:rsid w:val="00604632"/>
     <w:rsid w:val="006102A0"/>
     <w:rsid w:val="00626AB8"/>
     <w:rsid w:val="00627031"/>
     <w:rsid w:val="00631E3D"/>
     <w:rsid w:val="00633190"/>
     <w:rsid w:val="006332C7"/>
     <w:rsid w:val="00635FF3"/>
     <w:rsid w:val="00641337"/>
     <w:rsid w:val="00643303"/>
     <w:rsid w:val="00645AA8"/>
     <w:rsid w:val="00650714"/>
     <w:rsid w:val="006523F1"/>
     <w:rsid w:val="00654906"/>
     <w:rsid w:val="00673BBE"/>
     <w:rsid w:val="006814BD"/>
     <w:rsid w:val="00682040"/>
     <w:rsid w:val="00686AA5"/>
     <w:rsid w:val="0069593B"/>
     <w:rsid w:val="006B2B53"/>
     <w:rsid w:val="006B7D5E"/>
     <w:rsid w:val="006C541E"/>
     <w:rsid w:val="006D0B87"/>
+    <w:rsid w:val="006D15A8"/>
     <w:rsid w:val="006D5425"/>
     <w:rsid w:val="006D7648"/>
     <w:rsid w:val="006E30F7"/>
     <w:rsid w:val="006E6235"/>
     <w:rsid w:val="006F4D60"/>
     <w:rsid w:val="006F7997"/>
     <w:rsid w:val="007071CD"/>
     <w:rsid w:val="0071230F"/>
     <w:rsid w:val="00714351"/>
     <w:rsid w:val="00715345"/>
     <w:rsid w:val="00715E2B"/>
     <w:rsid w:val="0074366B"/>
     <w:rsid w:val="00743C2E"/>
     <w:rsid w:val="007478FA"/>
     <w:rsid w:val="00756E80"/>
     <w:rsid w:val="00774B99"/>
     <w:rsid w:val="0077795C"/>
     <w:rsid w:val="007800A2"/>
     <w:rsid w:val="00781CD9"/>
     <w:rsid w:val="00785F52"/>
     <w:rsid w:val="007A0E17"/>
     <w:rsid w:val="007A188C"/>
     <w:rsid w:val="007A2109"/>
     <w:rsid w:val="007A378D"/>
     <w:rsid w:val="007A777C"/>
@@ -44417,120 +44578,123 @@
     <w:rsid w:val="008035C1"/>
     <w:rsid w:val="00804843"/>
     <w:rsid w:val="0081275E"/>
     <w:rsid w:val="0081731F"/>
     <w:rsid w:val="008308DB"/>
     <w:rsid w:val="00840DBA"/>
     <w:rsid w:val="00841305"/>
     <w:rsid w:val="00845038"/>
     <w:rsid w:val="0084787E"/>
     <w:rsid w:val="00861339"/>
     <w:rsid w:val="0086677E"/>
     <w:rsid w:val="00872A32"/>
     <w:rsid w:val="0088213A"/>
     <w:rsid w:val="00890DCE"/>
     <w:rsid w:val="008933ED"/>
     <w:rsid w:val="008936ED"/>
     <w:rsid w:val="0089439B"/>
     <w:rsid w:val="00896F53"/>
     <w:rsid w:val="008B02B3"/>
     <w:rsid w:val="008B3945"/>
     <w:rsid w:val="008B3E38"/>
     <w:rsid w:val="008C0EC9"/>
     <w:rsid w:val="008C4424"/>
     <w:rsid w:val="008F3EDC"/>
     <w:rsid w:val="008F3F28"/>
+    <w:rsid w:val="00900781"/>
     <w:rsid w:val="0091294E"/>
     <w:rsid w:val="00912C4A"/>
     <w:rsid w:val="0091493D"/>
     <w:rsid w:val="009152FE"/>
     <w:rsid w:val="009175F1"/>
     <w:rsid w:val="009370B6"/>
     <w:rsid w:val="00937904"/>
     <w:rsid w:val="009468A4"/>
     <w:rsid w:val="009469E5"/>
     <w:rsid w:val="00950925"/>
     <w:rsid w:val="009566BE"/>
     <w:rsid w:val="00977129"/>
     <w:rsid w:val="009855F3"/>
     <w:rsid w:val="009926B2"/>
     <w:rsid w:val="00993A9C"/>
     <w:rsid w:val="009B3143"/>
     <w:rsid w:val="009C0A92"/>
     <w:rsid w:val="009C3B2F"/>
     <w:rsid w:val="009D1287"/>
     <w:rsid w:val="009D196B"/>
     <w:rsid w:val="009D26DD"/>
     <w:rsid w:val="009D6B77"/>
     <w:rsid w:val="009D73D7"/>
     <w:rsid w:val="009E642B"/>
     <w:rsid w:val="009E76FF"/>
     <w:rsid w:val="009E77E9"/>
     <w:rsid w:val="009F5EDE"/>
     <w:rsid w:val="00A13640"/>
     <w:rsid w:val="00A20D42"/>
     <w:rsid w:val="00A318B2"/>
     <w:rsid w:val="00A34896"/>
+    <w:rsid w:val="00A5503D"/>
     <w:rsid w:val="00A5637C"/>
     <w:rsid w:val="00A56976"/>
     <w:rsid w:val="00A73CA3"/>
     <w:rsid w:val="00A771FC"/>
     <w:rsid w:val="00A87017"/>
     <w:rsid w:val="00A875A3"/>
     <w:rsid w:val="00AA0CD0"/>
     <w:rsid w:val="00AA3783"/>
     <w:rsid w:val="00AB23DB"/>
     <w:rsid w:val="00AC4791"/>
     <w:rsid w:val="00AC5AE5"/>
     <w:rsid w:val="00AD0D1C"/>
     <w:rsid w:val="00AD7FB4"/>
     <w:rsid w:val="00AF3E16"/>
     <w:rsid w:val="00B07CC1"/>
     <w:rsid w:val="00B15BC6"/>
     <w:rsid w:val="00B22441"/>
     <w:rsid w:val="00B225AD"/>
     <w:rsid w:val="00B26D23"/>
     <w:rsid w:val="00B32960"/>
     <w:rsid w:val="00B3560F"/>
     <w:rsid w:val="00B46A31"/>
     <w:rsid w:val="00B55462"/>
     <w:rsid w:val="00B6333D"/>
     <w:rsid w:val="00B82A12"/>
     <w:rsid w:val="00B8717E"/>
     <w:rsid w:val="00B87B4B"/>
     <w:rsid w:val="00B90C06"/>
     <w:rsid w:val="00BB29BC"/>
     <w:rsid w:val="00BB3BF6"/>
     <w:rsid w:val="00BB55F7"/>
     <w:rsid w:val="00BC3455"/>
     <w:rsid w:val="00BE356B"/>
     <w:rsid w:val="00BE7347"/>
     <w:rsid w:val="00BF516E"/>
     <w:rsid w:val="00BF62FE"/>
     <w:rsid w:val="00BF74B2"/>
     <w:rsid w:val="00C002C5"/>
     <w:rsid w:val="00C10F9D"/>
+    <w:rsid w:val="00C12907"/>
     <w:rsid w:val="00C12CE7"/>
     <w:rsid w:val="00C23024"/>
     <w:rsid w:val="00C344E6"/>
     <w:rsid w:val="00C420A6"/>
     <w:rsid w:val="00C772E9"/>
     <w:rsid w:val="00C8123F"/>
     <w:rsid w:val="00C9019C"/>
     <w:rsid w:val="00C94ABA"/>
     <w:rsid w:val="00C95F3D"/>
     <w:rsid w:val="00C96CF0"/>
     <w:rsid w:val="00CA119D"/>
     <w:rsid w:val="00CA1701"/>
     <w:rsid w:val="00CA6786"/>
     <w:rsid w:val="00CB3D2E"/>
     <w:rsid w:val="00CB469E"/>
     <w:rsid w:val="00CB6DD3"/>
     <w:rsid w:val="00CC6243"/>
     <w:rsid w:val="00CE4849"/>
     <w:rsid w:val="00CF0107"/>
     <w:rsid w:val="00CF1136"/>
     <w:rsid w:val="00CF2269"/>
     <w:rsid w:val="00D31818"/>
     <w:rsid w:val="00D410B9"/>
     <w:rsid w:val="00D45B25"/>
     <w:rsid w:val="00D5706E"/>
@@ -44600,51 +44764,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5440C566"/>
   <w15:docId w15:val="{693A8846-EE65-4BD7-96EE-2764AFF112CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -45716,58 +45880,86 @@
     <w:semiHidden/>
     <w:rsid w:val="009B3143"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003A3DF6"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="10301441">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="11691968">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmccomb@btopenworld.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proceduresonline.com/trixcms/media/1248/signs-and-symptoms-of-child-abuse-and-neglect.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eani.org.uk/schools/safeguarding-and-child-protection" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cspeers759@c2kni.net" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsavage394@c2kni.net" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennypillow@live.co.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dmccomb@btopenworld.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://proceduresonline.com/trixcms/media/1248/signs-and-symptoms-of-child-abuse-and-neglect.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eani.org.uk/schools/safeguarding-and-child-protection" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cspeers759@c2kni.net" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gsavage394@c2kni.net" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="node0">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
     <dgm:linClrLst meth="repeat">
       <a:schemeClr val="lt1"/>
     </dgm:linClrLst>
     <dgm:effectClrLst/>
     <dgm:txLinClrLst/>
     <dgm:txFillClrLst/>
     <dgm:txEffectClrLst/>
   </dgm:styleLbl>
   <dgm:styleLbl name="alignNode1">
     <dgm:fillClrLst meth="repeat">
       <a:schemeClr val="accent1"/>
     </dgm:fillClrLst>
@@ -46561,129 +46753,95 @@
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{3F5B8C9A-F5FF-4215-B4B5-050C06D607E7}" type="parTrans" cxnId="{32B2938E-4971-48A6-9ECB-1906C1CCD5BA}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{9998DA0A-9E5B-4A28-81EF-F172EF769620}" type="sibTrans" cxnId="{32B2938E-4971-48A6-9ECB-1906C1CCD5BA}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
-    <dgm:pt modelId="{09FF7D9C-05E5-4B39-8707-2B575A220568}">
-[...35 lines deleted...]
-    </dgm:pt>
     <dgm:pt modelId="{68BE3064-0FE2-4BA4-BB7E-4E6C3363FF1F}">
       <dgm:prSet custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1"/>
             <a:t>If I am still concerned, I can talk/write to:</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1"/>
             <a:t> Chair of Board of Governors </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1"/>
             <a:t>Rev D. McComb (dmccomb@btopenworld.com)</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1"/>
             <a:t>or </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1"/>
-            <a:t>Vice Chairperson Mrs J Pillow </a:t>
+            <a:t>Vice Chairperson Mrs P. Crozier </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1"/>
-            <a:t>(jennypillow@live.co.uk</a:t>
+            <a:t>(</a:t>
           </a:r>
-          <a:endParaRPr lang="en-GB" sz="1100"/>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100"/>
+            <a:t>pingramrob@gmail.com)</a:t>
+          </a:r>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{49FFE68B-BD07-4C9D-8EFA-EC3C2E0710FF}" type="parTrans" cxnId="{BAC0AA6C-2987-4A1C-B6C4-54ED2F95DD03}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E17A031F-8D11-4D62-83B9-3C9F94A08662}" type="sibTrans" cxnId="{BAC0AA6C-2987-4A1C-B6C4-54ED2F95DD03}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
@@ -46732,50 +46890,73 @@
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{BB91F1D6-9241-4193-B06E-7C1838290701}" type="parTrans" cxnId="{51F796B9-5C74-4B7B-8FBF-030311A58350}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{73AF5D70-96A5-47EB-80D2-E536087A212F}" type="sibTrans" cxnId="{51F796B9-5C74-4B7B-8FBF-030311A58350}">
       <dgm:prSet/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="en-GB"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
+    <dgm:pt modelId="{F8757801-0F7F-4578-A36A-839BF7A45025}">
+      <dgm:prSet custT="1"/>
+      <dgm:spPr/>
+      <dgm:t>
+        <a:bodyPr/>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr lang="en-GB" b="1"/>
+            <a:t>At any time I can talk to the local Children’s Services Gateway Team or the PSNI Central Referral Unit at 101</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-GB" sz="1100"/>
+        </a:p>
+      </dgm:t>
+    </dgm:pt>
+    <dgm:pt modelId="{5B09C901-4542-4526-A46F-95EDBD5B4AB4}" type="parTrans" cxnId="{64CF1661-6096-4BD8-8E76-A140368A92F5}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+    </dgm:pt>
+    <dgm:pt modelId="{C1D50340-1861-43FA-A37E-7D3029BB04D0}" type="sibTrans" cxnId="{64CF1661-6096-4BD8-8E76-A140368A92F5}">
+      <dgm:prSet/>
+      <dgm:spPr/>
+    </dgm:pt>
     <dgm:pt modelId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" type="pres">
       <dgm:prSet presAssocID="{DBD7053A-79CB-40F9-9E69-317248B89890}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{2FACEE39-593F-4ED3-8ABC-DA8014DF8CDE}" type="pres">
       <dgm:prSet presAssocID="{56DFD702-A391-46A1-8205-94CAF00EFE64}" presName="node" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F670F545-A4BA-423F-8183-85D813DB7F3E}" type="pres">
       <dgm:prSet presAssocID="{239AF4BD-057A-4987-900D-51425E8AFA93}" presName="sibTrans" presStyleLbl="sibTrans1D1" presStyleIdx="0" presStyleCnt="4"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{4B51B172-2535-43A8-BD6F-6F8FA45D4C0E}" type="pres">
       <dgm:prSet presAssocID="{239AF4BD-057A-4987-900D-51425E8AFA93}" presName="connectorText" presStyleLbl="sibTrans1D1" presStyleIdx="0" presStyleCnt="4"/>
       <dgm:spPr/>
     </dgm:pt>
@@ -46797,142 +46978,142 @@
     </dgm:pt>
     <dgm:pt modelId="{70E6FA75-5F50-4524-A993-23FFBFFD89F3}" type="pres">
       <dgm:prSet presAssocID="{B5D57E02-24A9-4546-ADE2-E020EE236109}" presName="node" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="5" custScaleY="108540" custLinFactNeighborX="-660" custLinFactNeighborY="2860">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{5AD72064-DCA2-4448-8E50-F585A12C3FBD}" type="pres">
       <dgm:prSet presAssocID="{73AF5D70-96A5-47EB-80D2-E536087A212F}" presName="sibTrans" presStyleLbl="sibTrans1D1" presStyleIdx="2" presStyleCnt="4"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{C50C6FFA-3A14-419F-AA6B-46C37ACABC52}" type="pres">
       <dgm:prSet presAssocID="{73AF5D70-96A5-47EB-80D2-E536087A212F}" presName="connectorText" presStyleLbl="sibTrans1D1" presStyleIdx="2" presStyleCnt="4"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{86743B1B-581C-4D54-923A-39F138D77F6A}" type="pres">
       <dgm:prSet presAssocID="{68BE3064-0FE2-4BA4-BB7E-4E6C3363FF1F}" presName="node" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="5" custScaleY="108534">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{FAAC67C2-9AC7-4B44-B762-83773C24B2B0}" type="pres">
+    <dgm:pt modelId="{EF0BDE05-82B0-4E44-96B8-82D64996B436}" type="pres">
       <dgm:prSet presAssocID="{E17A031F-8D11-4D62-83B9-3C9F94A08662}" presName="sibTrans" presStyleLbl="sibTrans1D1" presStyleIdx="3" presStyleCnt="4"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{9B44B3DE-B09B-4679-9BB5-1C86C3213126}" type="pres">
+    <dgm:pt modelId="{E5590D38-0375-4C8C-96A0-B66186D4F370}" type="pres">
       <dgm:prSet presAssocID="{E17A031F-8D11-4D62-83B9-3C9F94A08662}" presName="connectorText" presStyleLbl="sibTrans1D1" presStyleIdx="3" presStyleCnt="4"/>
       <dgm:spPr/>
     </dgm:pt>
-    <dgm:pt modelId="{A045AE52-EDCF-4AB7-87FB-4F181E0A5046}" type="pres">
-      <dgm:prSet presAssocID="{09FF7D9C-05E5-4B39-8707-2B575A220568}" presName="node" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="5" custScaleX="223094" custScaleY="87195" custLinFactNeighborX="-3099">
+    <dgm:pt modelId="{8E0B67DB-4781-4D3E-947E-0CE5C45F68A6}" type="pres">
+      <dgm:prSet presAssocID="{F8757801-0F7F-4578-A36A-839BF7A45025}" presName="node" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
-    <dgm:cxn modelId="{046E6506-B504-4DD8-9931-CEDF5FFD7E6D}" type="presOf" srcId="{E17A031F-8D11-4D62-83B9-3C9F94A08662}" destId="{FAAC67C2-9AC7-4B44-B762-83773C24B2B0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
-    <dgm:cxn modelId="{288C990D-4B8E-4A63-A43B-85C12077A3C9}" type="presOf" srcId="{09FF7D9C-05E5-4B39-8707-2B575A220568}" destId="{A045AE52-EDCF-4AB7-87FB-4F181E0A5046}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{012EAF17-9081-4FFD-B69D-A4D603F11690}" type="presOf" srcId="{68BE3064-0FE2-4BA4-BB7E-4E6C3363FF1F}" destId="{86743B1B-581C-4D54-923A-39F138D77F6A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{0BA4BC19-9556-40DD-9D53-BB311929BACE}" type="presOf" srcId="{9998DA0A-9E5B-4A28-81EF-F172EF769620}" destId="{2704AA7C-5E64-4B95-82EE-624F74913031}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
-    <dgm:cxn modelId="{104E7432-E19B-4FCC-BFBA-C220E13142CC}" srcId="{DBD7053A-79CB-40F9-9E69-317248B89890}" destId="{09FF7D9C-05E5-4B39-8707-2B575A220568}" srcOrd="4" destOrd="0" parTransId="{3723722C-4942-47AF-9F72-70DFA089F9B2}" sibTransId="{B0B4E1B4-064C-4F2D-BA0D-DF05D31A32DC}"/>
+    <dgm:cxn modelId="{B7F3762D-1B0E-4727-B49B-144F1D01BF26}" type="presOf" srcId="{E17A031F-8D11-4D62-83B9-3C9F94A08662}" destId="{E5590D38-0375-4C8C-96A0-B66186D4F370}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{1DFA4A33-B7F5-4368-8B09-FBEAAF690C01}" type="presOf" srcId="{239AF4BD-057A-4987-900D-51425E8AFA93}" destId="{F670F545-A4BA-423F-8183-85D813DB7F3E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{D7F08F3C-7FFA-46E4-8421-18C1404F2E7A}" type="presOf" srcId="{61D1344D-9AE9-46C7-BDF2-C0C1764AD417}" destId="{F2E053AE-0573-4D3A-9F70-5D86F3CEA917}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
+    <dgm:cxn modelId="{64CF1661-6096-4BD8-8E76-A140368A92F5}" srcId="{DBD7053A-79CB-40F9-9E69-317248B89890}" destId="{F8757801-0F7F-4578-A36A-839BF7A45025}" srcOrd="4" destOrd="0" parTransId="{5B09C901-4542-4526-A46F-95EDBD5B4AB4}" sibTransId="{C1D50340-1861-43FA-A37E-7D3029BB04D0}"/>
     <dgm:cxn modelId="{4410BA4A-8BF5-41F7-807D-A0646FAF5FD4}" type="presOf" srcId="{9998DA0A-9E5B-4A28-81EF-F172EF769620}" destId="{810DD9E4-B6B2-4A9B-A000-EB368CA482C0}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{BAC0AA6C-2987-4A1C-B6C4-54ED2F95DD03}" srcId="{DBD7053A-79CB-40F9-9E69-317248B89890}" destId="{68BE3064-0FE2-4BA4-BB7E-4E6C3363FF1F}" srcOrd="3" destOrd="0" parTransId="{49FFE68B-BD07-4C9D-8EFA-EC3C2E0710FF}" sibTransId="{E17A031F-8D11-4D62-83B9-3C9F94A08662}"/>
     <dgm:cxn modelId="{2C04F252-8553-4CC7-B9C9-D834A906E7BB}" type="presOf" srcId="{B5D57E02-24A9-4546-ADE2-E020EE236109}" destId="{70E6FA75-5F50-4524-A993-23FFBFFD89F3}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
+    <dgm:cxn modelId="{C9FC2753-52E3-4289-9E5B-326DF6E68694}" type="presOf" srcId="{E17A031F-8D11-4D62-83B9-3C9F94A08662}" destId="{EF0BDE05-82B0-4E44-96B8-82D64996B436}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
+    <dgm:cxn modelId="{F2CD8B74-E8B2-4DCA-AE63-03AFD9838052}" type="presOf" srcId="{F8757801-0F7F-4578-A36A-839BF7A45025}" destId="{8E0B67DB-4781-4D3E-947E-0CE5C45F68A6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{D436D58B-4E0C-4E13-8862-7EBAC97846FE}" type="presOf" srcId="{239AF4BD-057A-4987-900D-51425E8AFA93}" destId="{4B51B172-2535-43A8-BD6F-6F8FA45D4C0E}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{32B2938E-4971-48A6-9ECB-1906C1CCD5BA}" srcId="{DBD7053A-79CB-40F9-9E69-317248B89890}" destId="{61D1344D-9AE9-46C7-BDF2-C0C1764AD417}" srcOrd="1" destOrd="0" parTransId="{3F5B8C9A-F5FF-4215-B4B5-050C06D607E7}" sibTransId="{9998DA0A-9E5B-4A28-81EF-F172EF769620}"/>
     <dgm:cxn modelId="{78C5A99F-4FD1-41B3-965E-94C150682876}" type="presOf" srcId="{73AF5D70-96A5-47EB-80D2-E536087A212F}" destId="{5AD72064-DCA2-4448-8E50-F585A12C3FBD}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{DAEBE5A2-C4DF-47C1-9E3C-1F0558799D87}" type="presOf" srcId="{73AF5D70-96A5-47EB-80D2-E536087A212F}" destId="{C50C6FFA-3A14-419F-AA6B-46C37ACABC52}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{51F796B9-5C74-4B7B-8FBF-030311A58350}" srcId="{DBD7053A-79CB-40F9-9E69-317248B89890}" destId="{B5D57E02-24A9-4546-ADE2-E020EE236109}" srcOrd="2" destOrd="0" parTransId="{BB91F1D6-9241-4193-B06E-7C1838290701}" sibTransId="{73AF5D70-96A5-47EB-80D2-E536087A212F}"/>
-    <dgm:cxn modelId="{629EC6D1-9401-42FD-A6E2-D6221F615A3C}" type="presOf" srcId="{E17A031F-8D11-4D62-83B9-3C9F94A08662}" destId="{9B44B3DE-B09B-4679-9BB5-1C86C3213126}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{DD3E6ED4-7669-49DC-B566-055B105A3F1E}" type="presOf" srcId="{DBD7053A-79CB-40F9-9E69-317248B89890}" destId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{86731BDE-4785-4C58-97F0-94B9D13B03D9}" srcId="{DBD7053A-79CB-40F9-9E69-317248B89890}" destId="{56DFD702-A391-46A1-8205-94CAF00EFE64}" srcOrd="0" destOrd="0" parTransId="{3D2A98EA-B083-465B-9FA2-22DDD3D83BFB}" sibTransId="{239AF4BD-057A-4987-900D-51425E8AFA93}"/>
     <dgm:cxn modelId="{8EAA1EFA-3FDC-4DC5-A077-BD12F1EEA1D7}" type="presOf" srcId="{56DFD702-A391-46A1-8205-94CAF00EFE64}" destId="{2FACEE39-593F-4ED3-8ABC-DA8014DF8CDE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{DD2F818C-A26C-4FB1-9FA4-8F7B08B7FEFA}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{2FACEE39-593F-4ED3-8ABC-DA8014DF8CDE}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{E4922B60-8946-45F0-B5AE-3C0DC7FF3899}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{F670F545-A4BA-423F-8183-85D813DB7F3E}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{A8879915-1EB6-43E3-AF96-4EE7DFD8B7C3}" type="presParOf" srcId="{F670F545-A4BA-423F-8183-85D813DB7F3E}" destId="{4B51B172-2535-43A8-BD6F-6F8FA45D4C0E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{09DDEB6D-5DBA-40E3-9C0B-18976A440596}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{F2E053AE-0573-4D3A-9F70-5D86F3CEA917}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{FD69EC1A-C701-4CD8-BA4A-62C7E28A21DF}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{2704AA7C-5E64-4B95-82EE-624F74913031}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{AA4E9F3A-32AC-4419-99F5-F8AF5C9EF853}" type="presParOf" srcId="{2704AA7C-5E64-4B95-82EE-624F74913031}" destId="{810DD9E4-B6B2-4A9B-A000-EB368CA482C0}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{EF403251-C8E6-4323-AE5C-6935C19CB6A8}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{70E6FA75-5F50-4524-A993-23FFBFFD89F3}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{155615B8-CD91-4F36-A759-0A19E6E3DDB1}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{5AD72064-DCA2-4448-8E50-F585A12C3FBD}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{B1EC14BD-9C90-4F35-9F95-E0259164D824}" type="presParOf" srcId="{5AD72064-DCA2-4448-8E50-F585A12C3FBD}" destId="{C50C6FFA-3A14-419F-AA6B-46C37ACABC52}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
     <dgm:cxn modelId="{69659251-B955-4B56-937F-6357F1E42098}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{86743B1B-581C-4D54-923A-39F138D77F6A}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
-    <dgm:cxn modelId="{C85E772D-75A9-4C68-9CA5-FD623979DCCB}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{FAAC67C2-9AC7-4B44-B762-83773C24B2B0}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
-[...1 lines deleted...]
-    <dgm:cxn modelId="{882F1B79-D302-4C13-BA14-20EB22962CA5}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{A045AE52-EDCF-4AB7-87FB-4F181E0A5046}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
+    <dgm:cxn modelId="{38B7C706-BA0E-4540-BD02-E5D6DEF75960}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{EF0BDE05-82B0-4E44-96B8-82D64996B436}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
+    <dgm:cxn modelId="{23172F7F-5E7C-47FC-A551-4E6EA87D7FC6}" type="presParOf" srcId="{EF0BDE05-82B0-4E44-96B8-82D64996B436}" destId="{E5590D38-0375-4C8C-96A0-B66186D4F370}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
+    <dgm:cxn modelId="{AEFD2C82-7D5D-4DC1-940E-796565CB29F2}" type="presParOf" srcId="{44E9DE07-3A76-4C04-AB98-25A79282CCEB}" destId="{8E0B67DB-4781-4D3E-947E-0CE5C45F68A6}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
-      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId23" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+      <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId22" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{F670F545-A4BA-423F-8183-85D813DB7F3E}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2458018" y="998317"/>
-          <a:ext cx="533856" cy="91440"/>
+          <a:off x="2458864" y="901750"/>
+          <a:ext cx="534471" cy="91440"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
                 <a:pt x="0" y="45720"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="533856" y="45720"/>
+                <a:pt x="534471" y="45720"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
           <a:tailEnd type="arrow"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
@@ -46943,162 +47124,162 @@
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2710835" y="1041212"/>
-        <a:ext cx="28222" cy="5650"/>
+        <a:off x="2711973" y="944642"/>
+        <a:ext cx="28253" cy="5656"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{2FACEE39-593F-4ED3-8ABC-DA8014DF8CDE}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="5660" y="307789"/>
-          <a:ext cx="2454158" cy="1472494"/>
+          <a:off x="3829" y="210420"/>
+          <a:ext cx="2456834" cy="1474100"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="149352" tIns="149352" rIns="149352" bIns="149352" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="170688" tIns="170688" rIns="170688" bIns="170688" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="933450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1066800">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-GB" sz="2100" b="1" kern="1200"/>
+            <a:rPr lang="en-GB" sz="2400" b="1" kern="1200"/>
             <a:t>I have a concern about my/a child’s safety</a:t>
           </a:r>
-          <a:endParaRPr lang="en-GB" sz="2100" kern="1200"/>
+          <a:endParaRPr lang="en-GB" sz="2400" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="5660" y="307789"/>
-        <a:ext cx="2454158" cy="1472494"/>
+        <a:off x="3829" y="210420"/>
+        <a:ext cx="2456834" cy="1474100"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{2704AA7C-5E64-4B95-82EE-624F74913031}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="1227079" y="1778484"/>
-          <a:ext cx="3024274" cy="575969"/>
+          <a:off x="1228417" y="1682721"/>
+          <a:ext cx="3025735" cy="576631"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="3024274" y="0"/>
+                <a:pt x="3025735" y="0"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="3024274" y="305084"/>
+                <a:pt x="3025735" y="305415"/>
               </a:lnTo>
               <a:lnTo>
-                <a:pt x="0" y="305084"/>
+                <a:pt x="0" y="305415"/>
               </a:lnTo>
               <a:lnTo>
-                <a:pt x="0" y="575969"/>
+                <a:pt x="0" y="576631"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
           <a:tailEnd type="arrow"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
@@ -47109,162 +47290,162 @@
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2662103" y="2063644"/>
-        <a:ext cx="154225" cy="5650"/>
+        <a:off x="2664133" y="1968208"/>
+        <a:ext cx="154303" cy="5656"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{F2E053AE-0573-4D3A-9F70-5D86F3CEA917}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="3024274" y="307789"/>
-          <a:ext cx="2454158" cy="1472494"/>
+          <a:off x="3025735" y="210420"/>
+          <a:ext cx="2456834" cy="1474100"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="149352" tIns="149352" rIns="149352" bIns="149352" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="170688" tIns="170688" rIns="170688" bIns="170688" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="933450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1066800">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-GB" sz="2100" b="1" kern="1200"/>
+            <a:rPr lang="en-GB" sz="2400" b="1" kern="1200"/>
             <a:t>I can talk to the class teacher.</a:t>
           </a:r>
-          <a:endParaRPr lang="en-GB" sz="2100" kern="1200"/>
+          <a:endParaRPr lang="en-GB" sz="2400" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3024274" y="307789"/>
-        <a:ext cx="2454158" cy="1472494"/>
+        <a:off x="3025735" y="210420"/>
+        <a:ext cx="2456834" cy="1474100"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{5AD72064-DCA2-4448-8E50-F585A12C3FBD}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2452358" y="3098143"/>
-          <a:ext cx="539516" cy="91440"/>
+          <a:off x="2455034" y="3003867"/>
+          <a:ext cx="538301" cy="91440"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="0" y="87833"/>
+                <a:pt x="0" y="87879"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="286858" y="87833"/>
+                <a:pt x="286250" y="87879"/>
               </a:lnTo>
               <a:lnTo>
-                <a:pt x="286858" y="45720"/>
+                <a:pt x="286250" y="45720"/>
               </a:lnTo>
               <a:lnTo>
-                <a:pt x="539516" y="45720"/>
+                <a:pt x="538301" y="45720"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
           <a:tailEnd type="arrow"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
@@ -47275,63 +47456,63 @@
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="2707824" y="3141038"/>
-        <a:ext cx="28583" cy="5650"/>
+        <a:off x="2709923" y="3046759"/>
+        <a:ext cx="28523" cy="5656"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{70E6FA75-5F50-4524-A993-23FFBFFD89F3}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="2386854"/>
-          <a:ext cx="2454158" cy="1598245"/>
+          <a:off x="0" y="2291752"/>
+          <a:ext cx="2456834" cy="1599988"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
@@ -47444,83 +47625,83 @@
             <a:rPr lang="en-GB" sz="1100" b="1" kern="1200"/>
             <a:t> Deputy Designated Teacher/Principal Mr Savage </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1" kern="1200"/>
             <a:t>(gsavage394@c2kni.net)</a:t>
           </a:r>
           <a:endParaRPr lang="en-GB" sz="1100" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="2386854"/>
-        <a:ext cx="2454158" cy="1598245"/>
+        <a:off x="0" y="2291752"/>
+        <a:ext cx="2456834" cy="1599988"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{FAAC67C2-9AC7-4B44-B762-83773C24B2B0}">
+    <dsp:sp modelId="{EF0BDE05-82B0-4E44-96B8-82D64996B436}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="2737539" y="3941142"/>
-          <a:ext cx="1513814" cy="533900"/>
+          <a:off x="1232246" y="3847737"/>
+          <a:ext cx="3021906" cy="534516"/>
         </a:xfrm>
         <a:custGeom>
           <a:avLst/>
           <a:gdLst/>
           <a:ahLst/>
           <a:cxnLst/>
           <a:rect l="0" t="0" r="0" b="0"/>
           <a:pathLst>
             <a:path>
               <a:moveTo>
-                <a:pt x="1513814" y="0"/>
+                <a:pt x="3021906" y="0"/>
               </a:moveTo>
               <a:lnTo>
-                <a:pt x="1513814" y="284050"/>
+                <a:pt x="3021906" y="284358"/>
               </a:lnTo>
               <a:lnTo>
-                <a:pt x="0" y="284050"/>
+                <a:pt x="0" y="284358"/>
               </a:lnTo>
               <a:lnTo>
-                <a:pt x="0" y="533900"/>
+                <a:pt x="0" y="534516"/>
               </a:lnTo>
             </a:path>
           </a:pathLst>
         </a:custGeom>
         <a:noFill/>
         <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="accent1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
           <a:tailEnd type="arrow"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
@@ -47531,63 +47712,63 @@
         </a:effectRef>
         <a:fontRef idx="minor"/>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="12700" tIns="0" rIns="12700" bIns="0" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="222250">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:endParaRPr lang="en-GB" sz="500" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3454055" y="4205267"/>
-        <a:ext cx="80782" cy="5650"/>
+        <a:off x="2666342" y="4112167"/>
+        <a:ext cx="153714" cy="5656"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{86743B1B-581C-4D54-923A-39F138D77F6A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="3024274" y="2344785"/>
-          <a:ext cx="2454158" cy="1598157"/>
+          <a:off x="3025735" y="2249637"/>
+          <a:ext cx="2456834" cy="1599900"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
@@ -47676,155 +47857,158 @@
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1" kern="1200"/>
             <a:t>or </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1" kern="1200"/>
-            <a:t>Vice Chairperson Mrs J Pillow </a:t>
+            <a:t>Vice Chairperson Mrs P. Crozier </a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="488950">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="en-GB" sz="1100" b="1" kern="1200"/>
-            <a:t>(jennypillow@live.co.uk</a:t>
+            <a:t>(</a:t>
           </a:r>
-          <a:endParaRPr lang="en-GB" sz="1100" kern="1200"/>
+          <a:r>
+            <a:rPr lang="en-GB" sz="1100" kern="1200"/>
+            <a:t>pingramrob@gmail.com)</a:t>
+          </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="3024274" y="2344785"/>
-        <a:ext cx="2454158" cy="1598157"/>
+        <a:off x="3025735" y="2249637"/>
+        <a:ext cx="2456834" cy="1599900"/>
       </dsp:txXfrm>
     </dsp:sp>
-    <dsp:sp modelId="{A045AE52-EDCF-4AB7-87FB-4F181E0A5046}">
+    <dsp:sp modelId="{8E0B67DB-4781-4D3E-947E-0CE5C45F68A6}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
-          <a:off x="0" y="4507443"/>
-          <a:ext cx="5475079" cy="1283941"/>
+          <a:off x="3829" y="4414653"/>
+          <a:ext cx="2456834" cy="1474100"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="accent1">
             <a:hueOff val="0"/>
             <a:satOff val="0"/>
             <a:lumOff val="0"/>
             <a:alphaOff val="0"/>
           </a:schemeClr>
         </a:solidFill>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="lt1">
               <a:hueOff val="0"/>
               <a:satOff val="0"/>
               <a:lumOff val="0"/>
               <a:alphaOff val="0"/>
             </a:schemeClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
-        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="149352" tIns="149352" rIns="149352" bIns="149352" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
+        <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="256032" tIns="256032" rIns="256032" bIns="256032" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="933450">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="1066800">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
             <a:buNone/>
           </a:pPr>
           <a:r>
-            <a:rPr lang="en-GB" sz="2100" b="1" kern="1200"/>
+            <a:rPr lang="en-GB" b="1" kern="1200"/>
             <a:t>At any time I can talk to the local Children’s Services Gateway Team or the PSNI Central Referral Unit at 101</a:t>
           </a:r>
-          <a:endParaRPr lang="en-GB" sz="2100" kern="1200"/>
+          <a:endParaRPr lang="en-GB" sz="1100" kern="1200"/>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
-        <a:off x="0" y="4507443"/>
-        <a:ext cx="5475079" cy="1283941"/>
+        <a:off x="3829" y="4414653"/>
+        <a:ext cx="2456834" cy="1474100"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=word/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/bProcess3">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="process" pri="18000"/>
   </dgm:catLst>
   <dgm:sampData>
     <dgm:dataModel>
       <dgm:ptLst>
         <dgm:pt modelId="0" type="doc"/>
         <dgm:pt modelId="1">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="2">
           <dgm:prSet phldr="1"/>
         </dgm:pt>
         <dgm:pt modelId="3">
           <dgm:prSet phldr="1"/>
@@ -49291,62 +49475,71 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_dlc_DocId xmlns="4f9494e1-5791-43ec-84ee-7ad6667a2be3">EASPDOCID-558894032-34</_dlc_DocId>
     <_dlc_DocIdUrl xmlns="4f9494e1-5791-43ec-84ee-7ad6667a2be3">
       <Url>https://sharepoint.eani.org.uk/team/cpss/_layouts/15/DocIdRedir.aspx?ID=EASPDOCID-558894032-34</Url>
       <Description>EASPDOCID-558894032-34</Description>
     </_dlc_DocIdUrl>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C27011777345D04AAEF9A2C885140EC4" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1396f590921f72409ef44d6a6381854a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4f9494e1-5791-43ec-84ee-7ad6667a2be3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4372d99586bc902b22ed2c7d22208913" ns2:_="">
     <xsd:import namespace="4f9494e1-5791-43ec-84ee-7ad6667a2be3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4f9494e1-5791-43ec-84ee-7ad6667a2be3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
@@ -49467,208 +49660,199 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="" StyleName="" Version="0"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FE44C277-C12D-4971-B411-27DF5D696BA8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55CB7FEA-7ABD-4404-81D3-5866A2A6ACDF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="4f9494e1-5791-43ec-84ee-7ad6667a2be3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2495D07F-66B2-4871-BB2F-148D0C38AAA9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4f9494e1-5791-43ec-84ee-7ad6667a2be3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB760485-1DD1-4371-971B-3EE96E6AC306}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A85E281E-0C86-449D-A203-97C76BAB988C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>72</Pages>
-[...1 lines deleted...]
-  <Characters>82755</Characters>
+  <Pages>1</Pages>
+  <Words>14511</Words>
+  <Characters>82715</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>689</Lines>
   <Paragraphs>194</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Child Protection Policy</vt:lpstr>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr>Date ratified by Board of Governors:_______________________</vt:lpstr>
       <vt:lpstr>In order to meet these requirements all child protection records, information an</vt:lpstr>
       <vt:lpstr/>
       <vt:lpstr>If information is held electronically, whether on a laptop or on a portable mem</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SEELB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>97079</CharactersWithSpaces>
+  <CharactersWithSpaces>97032</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Alison Casey;Jennifer McCann</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C27011777345D04AAEF9A2C885140EC4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>17eaad45-1727-4605-9b06-485918d8d2c2</vt:lpwstr>
   </property>